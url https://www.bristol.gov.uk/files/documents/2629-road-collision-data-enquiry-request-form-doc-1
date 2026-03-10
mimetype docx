--- v0 (2025-10-17)
+++ v1 (2026-03-10)
@@ -1,190 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="02B70188" w14:textId="38F86993" w:rsidR="00E76751" w:rsidRDefault="00945B53">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="691E44D2" wp14:editId="3CEA1AB7">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="691E44D2" wp14:editId="3CEA1AB7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-152400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-276225</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1180465" cy="1190625"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1180465" cy="1190625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="49431EA1" wp14:editId="7C0FA6DC">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="49431EA1" wp14:editId="7C0FA6DC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4069080</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-182880</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1419225" cy="1005840"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3">
                       <a:extLst>
                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                         </a:ext>
                       </a:extLst>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1419225" cy="1005840"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst/>
                   </pic:spPr>
@@ -214,54 +222,58 @@
     <w:p w14:paraId="5CABB05C" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41999DD3" w14:textId="6A82288F" w:rsidR="00E76751" w:rsidRDefault="00E76751">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32BE944E" w14:textId="23D4F325" w:rsidR="00402522" w:rsidRPr="00402522" w:rsidRDefault="00402522" w:rsidP="00402522">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00945B53">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31390ADF" wp14:editId="3B809DF8">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31390ADF" wp14:editId="3B809DF8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>672465</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5549900" cy="2070100"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
@@ -306,338 +318,470 @@
                             </w:pPr>
                             <w:r w:rsidRPr="00945B53">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Please fill in all the shaded boxes below.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1C77CC90" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="3AEF83EF" w14:textId="32928971" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
+                          <w:p w14:paraId="3AEF83EF" w14:textId="795B0CC2" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="8"/>
                               </w:numPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00945B53">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Please, send an e-mail with a map of the survey area to: </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId9" w:history="1">
-                              <w:r w:rsidRPr="00945B53">
+                            <w:hyperlink r:id="rId12" w:history="1">
+                              <w:r w:rsidR="009E68BC" w:rsidRPr="00F01C98">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
-                                <w:t>Transport.data@bristol.gov.uk</w:t>
+                                <w:t>transport.data@bristol.gov.uk</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                           <w:p w14:paraId="11A53694" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="0A2B7B93" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00945B53">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>If you have any queries, please e-mail Transport Data team.</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="41306588" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="12C185CF" w14:textId="78B3F5E8" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
+                          <w:p w14:paraId="12C185CF" w14:textId="10DD5F99" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00945B53">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Note: a charge may apply, which for a standard enquiry is £165.00 (plus V.A.T.), from 01/04/2022. Previously £150.</w:t>
+                              <w:t>Note: a charge may apply, which for a standard enquiry is £1</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F9054F">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>76</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00945B53">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>.00 (plus V.A.T.), from 01/04/202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F9054F">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00945B53">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>. Previously £1</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F9054F">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>65</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00945B53">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="31390ADF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:52.95pt;width:437pt;height:163pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDm4Y6lKAIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxkqUx4hRdug4D&#10;ugvQ7gMYWY6FSaInKbGzrx8lp1mWvQ3TgyCK1BF5Drm6HYxmB+m8Qlvx6STnTFqBtbK7in97fnhz&#10;w5kPYGvQaGXFj9Lz2/XrV6u+K2WBLepaOkYg1pd9V/E2hK7MMi9aacBPsJOWnA06A4FMt8tqBz2h&#10;G50Vef4269HVnUMhvafb+9HJ1wm/aaQIX5rGy8B0xSm3kHaX9m3cs/UKyp2DrlXilAb8QxYGlKVP&#10;z1D3EIDtnfoLyijh0GMTJgJNhk2jhEw1UDXT/KqapxY6mWohcnx3psn/P1jx+fDVMVVXvJguOLNg&#10;SKRnOQT2DgdWRH76zpcU9tRRYBjomnROtfruEcV3zyxuWrA7eecc9q2EmvKbxpfZxdMRx0eQbf8J&#10;a/oG9gET0NA4E8kjOhihk07HszYxFUGX8/lsuczJJchX5AtiK6mXQfnyvHM+fJBoWDxU3JH4CR4O&#10;jz7EdKB8CYm/edSqflBaJyM2nNxoxw5ArRKGsYCrKG1ZX/HlvJiPBPyB4Hbb8/s8rcTBFYRRgRpe&#10;K1Pxm3MQlJG297ZO7RhA6fFMGWt74jFSN5IYhu1w0mWL9ZEYdTg2Ng0iHVp0Pznrqakr7n/swUnO&#10;9EdLqiyns1mcgmTM5ouCDHfp2V56wAqCIjI4G4+bkCYn8mXxjtRrVOI1yjxmcsqVmjXRfRqsOA2X&#10;dor6Pf7rXwAAAP//AwBQSwMEFAAGAAgAAAAhAFIIgkTeAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SFxQ66Q/NA1xqqpShcSN0gfYxm4SsNdR7Lbm7VlOcNyZ0ew31SY5K65m&#10;DL0nBfk0A2Go8bqnVsHxYz8pQISIpNF6Mgq+TYBNfX9XYan9jd7N9RBbwSUUSlTQxTiUUoamMw7D&#10;1A+G2Dv70WHkc2ylHvHG5c7KWZY9S4c98YcOB7PrTPN1uDgF58+dL55mb+m4zId9Qvvq3Xau1OND&#10;2r6AiCbFvzD84jM61Mx08hfSQVgFPCSymi3XINguVgtWTgoW83wNsq7k/wH1DwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDm4Y6lKAIAAEYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBSCIJE3gAAAAgBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" fillcolor="black [3213]">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:52.95pt;width:437pt;height:163pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgDVAwFAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7oudIFkbI07Rpesw&#10;oPsAuj4ALcuxMFnUJCV29vSj5DTN0tswHwTRpP4if6RWN0On2V46r9CUfDrJOZNGYK3MtuRPP+7f&#10;XXPmA5gaNBpZ8oP0/Gb99s2qt4WcYYu6lo6RiPFFb0vehmCLLPOilR34CVppyNmg6yCQ6bZZ7aAn&#10;9U5nszx/n/XoautQSO/p793o5Ouk3zRShG9N42VguuSUW0irS2sV12y9gmLrwLZKHNOAf8iiA2Xo&#10;0pPUHQRgO6deSXVKOPTYhInALsOmUUKmGqiaaX5RzWMLVqZaCI63J0z+/8mKr/tH+92xMHzAgRqY&#10;ivD2AcVPzwxuWjBbeesc9q2Emi6eRmRZb31xPBpR+8JHkar/gjU1GXYBk9DQuC5SoToZqVMDDifo&#10;cghM0M/FYr5c5uQS5JvlV4QhtSWD4vm4dT58ktixuCm5o64medg/+BDTgeI5JN7mUav6XmmdjDhJ&#10;cqMd2wPNQBjGAi6itGF9yZeL2WIE8JeC21an83n6EoMLiU4FmmStupJfn4KgiNg+mjrNWQClxz1l&#10;rM2RY0Q3QgxDNVBg5FlhfSCiDseJpRdGmxbdb856mtaS+187cJIz/dlQV5bT+TyOdzLmi6sZGe7c&#10;U517wAiSIhicjdtNSE8i8jJ4S91rVOL6kskxV5rChPv4YuKYn9sp6uVdr/8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBSCIJE3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUOuk&#10;PzQNcaqqUoXEjdIH2MZuErDXUey25u1ZTnDcmdHsN9UmOSuuZgy9JwX5NANhqPG6p1bB8WM/KUCE&#10;iKTRejIKvk2ATX1/V2Gp/Y3ezfUQW8ElFEpU0MU4lFKGpjMOw9QPhtg7+9Fh5HNspR7xxuXOylmW&#10;PUuHPfGHDgez60zzdbg4BefPnS+eZm/puMyHfUL76t12rtTjQ9q+gIgmxb8w/OIzOtTMdPIX0kFY&#10;BTwkspot1yDYLlYLVk4KFvN8DbKu5P8B9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;oA1QMBQCAAAfBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAUgiCRN4AAAAIAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" fillcolor="black [3213]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="10BF7853" w14:textId="457D3D93" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="8"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00945B53">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Please fill in all the shaded boxes below.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1C77CC90" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="3AEF83EF" w14:textId="32928971" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
+                    <w:p w14:paraId="3AEF83EF" w14:textId="795B0CC2" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="8"/>
                         </w:numPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00945B53">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Please, send an e-mail with a map of the survey area to: </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId10" w:history="1">
-                        <w:r w:rsidRPr="00945B53">
+                      <w:hyperlink r:id="rId13" w:history="1">
+                        <w:r w:rsidR="009E68BC" w:rsidRPr="00F01C98">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t>Transport.data@bristol.gov.uk</w:t>
+                          <w:t>transport.data@bristol.gov.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w14:paraId="11A53694" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="0A2B7B93" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00945B53">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>If you have any queries, please e-mail Transport Data team.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="41306588" w14:textId="77777777" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="12C185CF" w14:textId="78B3F5E8" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
+                    <w:p w14:paraId="12C185CF" w14:textId="10DD5F99" w:rsidR="00945B53" w:rsidRPr="00945B53" w:rsidRDefault="00945B53" w:rsidP="00945B53">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00945B53">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Note: a charge may apply, which for a standard enquiry is £165.00 (plus V.A.T.), from 01/04/2022. Previously £150.</w:t>
+                        <w:t>Note: a charge may apply, which for a standard enquiry is £1</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F9054F">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>76</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00945B53">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>.00 (plus V.A.T.), from 01/04/202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F9054F">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00945B53">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>. Previously £1</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F9054F">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>65</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00945B53">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D72EBA" w:rsidRPr="00945B53">
         <w:t>Personal Injury Road Collision Data</w:t>
       </w:r>
       <w:r w:rsidR="00812B8A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A506F">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E76751" w:rsidRPr="00945B53">
         <w:t>Enquiry Request Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17705A61" w14:textId="69776119" w:rsidR="0007554D" w:rsidRPr="0007554D" w:rsidRDefault="0007554D" w:rsidP="00945B53">
       <w:pPr>
@@ -670,56 +814,50 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="4586"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="24953DF8" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BF0981A" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
@@ -733,56 +871,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3807F6D6" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="512E8415" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C771EDA" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -794,56 +926,50 @@
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50E736CF" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="20E68A04" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="008DEE27" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -881,56 +1007,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B08EFDA" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="53179092" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47496CD5" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -968,56 +1088,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F40C6CD" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="1F81392A" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A1212AC" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -1045,56 +1159,50 @@
               <w:t xml:space="preserve"> code):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32631DF6" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="1F867194" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="567"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B7ACF15" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -1104,56 +1212,50 @@
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="716735C3" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="59BF0192" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03BFF870" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Address:</w:t>
@@ -1198,56 +1300,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4586" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25160B5F" w14:textId="77777777" w:rsidR="00F43CB0" w:rsidRPr="00DF582B" w:rsidRDefault="00F43CB0" w:rsidP="00452AFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="4A1240D4" w14:textId="77777777" w:rsidTr="00945B53">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="513"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FAC1183" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00F43CB0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
@@ -1362,56 +1458,50 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2878"/>
         <w:gridCol w:w="1370"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="27100155" w14:textId="77777777" w:rsidTr="00280B5C">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="580"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BBB0745" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00CA3FC4" w:rsidRDefault="00E76751" w:rsidP="00013763">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA3FC4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
@@ -1421,56 +1511,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6112BE00" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00EB7502">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="54D19D6F" w14:textId="77777777" w:rsidTr="00280B5C">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="620"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0FF2F8" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00013763">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
@@ -1486,56 +1570,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE8ECCE" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00EB7502">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="5873832C" w14:textId="77777777" w:rsidTr="00280B5C">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="584"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08919C3F" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751" w:rsidP="00013763">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
@@ -1579,56 +1657,50 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4261"/>
         <w:gridCol w:w="4261"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="13D41C3F" w14:textId="77777777" w:rsidTr="00280B5C">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="723"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F7909A3" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00EB7502" w:rsidP="009A529C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
@@ -1755,56 +1827,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="27795C40" w14:textId="77777777" w:rsidTr="00280B5C">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B4C4D84" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
@@ -2259,145 +2325,101 @@
               <w:t>Description of how accident happened</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C9664E0" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Special site conditions (</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> road works)</w:t>
+              <w:t>Special site conditions (e.g. road works)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50A8AC2E" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Vehicle manoeuvres in more detail</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71E25380" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>First point of impact (</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> near side)</w:t>
+              <w:t>First point of impact (e.g. near side)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12AA39D5" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00DF582B" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF582B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Driver / rider age</w:t>
@@ -2438,123 +2460,106 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Purpose of request</w:t>
       </w:r>
       <w:r w:rsidR="00052904" w:rsidRPr="00C7448F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="025FFAC5" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00052904" w:rsidRDefault="00E76751" w:rsidP="00052904">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00052904">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>e.g.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> new development</w:t>
+        <w:t>e.g. new development</w:t>
       </w:r>
       <w:r w:rsidR="0017703B" w:rsidRPr="00052904">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, student’s coursework</w:t>
       </w:r>
       <w:r w:rsidR="008A6262" w:rsidRPr="00052904">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3723FA09" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8522"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="71E7A338" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8522" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
           <w:p w14:paraId="7A3BF406" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="690D8955" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="475A6529" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
@@ -2719,56 +2724,50 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8522"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="4549B8BD" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8522" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
           <w:p w14:paraId="62FF6F2E" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C5910A6" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7FE0A171" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
@@ -2845,350 +2844,718 @@
           <w:snapToGrid w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3794"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E76751" w14:paraId="3336EAE0" w14:textId="77777777" w:rsidTr="00EB7502">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1017C3D2" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00601F8D" w:rsidRDefault="00E76751" w:rsidP="00601F8D">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601F8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Latest 3-year data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
           <w:p w14:paraId="7AC002C3" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="0F404080" w14:textId="77777777" w:rsidTr="00EB7502">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CDD6CEA" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00601F8D" w:rsidRDefault="00E76751" w:rsidP="00601F8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601F8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Latest 5-year data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
           <w:p w14:paraId="35A8292C" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E76751" w14:paraId="0357694D" w14:textId="77777777">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF714DD" w14:textId="77777777" w:rsidR="00E76751" w:rsidRPr="00601F8D" w:rsidRDefault="00E76751" w:rsidP="00601F8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601F8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Specific period (</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00EB7502" w:rsidRPr="00601F8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>e.g.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00601F8D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> dates between)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
           </w:tcPr>
           <w:p w14:paraId="57E83C1F" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B6F6200" w14:textId="77777777" w:rsidR="00E76751" w:rsidRDefault="00E76751" w:rsidP="0070547F"/>
     <w:p w14:paraId="0B0F683B" w14:textId="77777777" w:rsidR="0070547F" w:rsidRDefault="0070547F" w:rsidP="0070547F"/>
     <w:sectPr w:rsidR="0070547F" w:rsidSect="00DF582B">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1800" w:bottom="709" w:left="1800" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EF6541C" w14:textId="77777777" w:rsidR="00423D47" w:rsidRDefault="00423D47" w:rsidP="00DF582B">
+    <w:p w14:paraId="6FD72DCE" w14:textId="77777777" w:rsidR="001A75EB" w:rsidRDefault="001A75EB" w:rsidP="00DF582B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="226692E7" w14:textId="77777777" w:rsidR="00423D47" w:rsidRDefault="00423D47" w:rsidP="00DF582B">
+    <w:p w14:paraId="3A975CBA" w14:textId="77777777" w:rsidR="001A75EB" w:rsidRDefault="001A75EB" w:rsidP="00DF582B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2C3A7CA4" w14:textId="77777777" w:rsidR="00DF582B" w:rsidRDefault="00DF582B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1ED51DE0" w14:textId="0624A240" w:rsidR="00EA5BA0" w:rsidRDefault="00EA5BA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46712C5E" wp14:editId="22849F8D">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="463490961" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="68CA37FD" w14:textId="30D2D00F" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EA5BA0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype w14:anchorId="46712C5E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMagtxDwIAABoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykTdcacYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0oxUm2bqdhF5kiaX689zS7703L9sqHBmzJx6OcM2UlVI3dlvz76/LT&#10;LWcBha1EC1aV/KACv59//DDrXKEmUENbKc+oiA1F50peI7oiy4KslRFhBE5ZCmrwRiBd/TarvOio&#10;ummzSZ7fZB34ynmQKgTyPh6DfJ7qa60kPmsdFLK25DQbptOncxPPbD4TxdYLVzdyGEP8wxRGNJaa&#10;nks9ChRs55s/SplGegigcSTBZKB1I1XagbYZ5++2WdfCqbQLgRPcGabw/8rKp/3avXiG/RfoicAI&#10;SOdCEcgZ9+m1N/FLkzKKE4SHM2yqRybJ+fnm9mpKEUmhq+vJXZ5gzS4/Ox/wqwLDolFyT6wksMR+&#10;FZAaUuopJfaysGzaNjHT2t8clBg92WXCaGG/6YexN1AdaBsPR6KDk8uGeq5EwBfhiVkak9SKz3To&#10;FrqSw2BxVoP/8Td/zCfAKcpZR0opuSUpc9Z+s0TEZHqd08IM040MfzI2yRjf5dMYtzvzACTCMb0H&#10;J5MZk7E9mdqDeSMxL2I3CgkrqWfJNyfzAY+6pccg1WKRkkhETuDKrp2MpSNYEcnX/k14N8CNxNMT&#10;nLQkineoH3Pjn8EtdkjYJ0oisEc0B7xJgImp4bFEhf96T1mXJz3/CQAA//8DAFBLAwQUAAYACAAA&#10;ACEArxFBJ9kAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIvVGnUYlQyKaq&#10;gFa9EpDg6MTbOGq8DrHbpn+PywUuI41mNfO2WE22FycafecYYTFPQBA3TnfcIny8b+4fQfigWKve&#10;MSFcyMOqvL0pVK7dmd/oVIVWxBL2uUIwIQy5lL4xZJWfu4E4Zns3WhWiHVupR3WO5baXaZJk0qqO&#10;44JRAz0bag7V0SJkL9u1GT6zr+996ne+dodQuVfE2d20fgIRaAp/x3DFj+hQRqbaHVl70SPER8Kv&#10;XrN0EW2N8LBMQJaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMagtxDwIAABoE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvEUEn2QAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="68CA37FD" w14:textId="30D2D00F" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00EA5BA0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C3A7CA4" w14:textId="216D5431" w:rsidR="00DF582B" w:rsidRDefault="00EA5BA0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A439FAF" wp14:editId="07294A74">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="340215368" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3F3EFC44" w14:textId="6E60805C" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EA5BA0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype w14:anchorId="7A439FAF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDku2BfEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/ofxB0b+ykTdcacYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0o5avtdhp2kSmS5sd7T5P73mi2VT60YEs+HOScKSuhau265D9f55e3&#10;nAUUthIarCr5TgV+P734MulcoUbQgK6UZ1TEhqJzJW8QXZFlQTbKiDAApywFa/BGIF39Oqu86Ki6&#10;0dkoz2+yDnzlPEgVAnkf90E+TfXrWkl8ruugkOmS02yYTp/OVTyz6UQUay9c08rDGOIfpjCitdT0&#10;VOpRoGAb3/5RyrTSQ4AaBxJMBnXdSpV2oG2G+adtlo1wKu1C4AR3gin8v7Lyabt0L55h/w16IjAC&#10;0rlQBHLGffram/ilSRnFCcLdCTbVI5Pk/HpzezWmiKTQ1fXoLk+wZuefnQ/4XYFh0Si5J1YSWGK7&#10;CEgNKfWYEntZmLdaJ2a0/eCgxOjJzhNGC/tVz9rq3fQrqHa0lIc938HJeUutFyLgi/BEME1LosVn&#10;OmoNXcnhYHHWgP/1N3/MJ9wpyllHgim5JUVzpn9Y4mM0vs5pb4bpRoY/GqtkDO/ycYzbjXkA0uKQ&#10;noWTyYzJqI9m7cG8kaZnsRuFhJXUs+Sro/mAe/nSm5BqNktJpCUncGGXTsbSEbMI6Gv/Jrw7oI5E&#10;1xMcJSWKT+Dvc+Ofwc02SBQkZiK+ezQPsJMOE2GHNxOF/v6ess4ve/obAAD//wMAUEsDBBQABgAI&#10;AAAAIQCvEUEn2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UadRiVDI&#10;pqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B+KBY&#10;q94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdpkmTS&#10;qo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvRI8RH&#10;wq9es3QRbY3wsExAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOS7YF8RAgAA&#10;IQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8RQSfZ&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="3F3EFC44" w14:textId="6E60805C" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00EA5BA0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
   <w:p w14:paraId="5ACC627D" w14:textId="77777777" w:rsidR="00DF582B" w:rsidRDefault="00DF582B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6247148F" w14:textId="7E6E06AF" w:rsidR="00EA5BA0" w:rsidRDefault="00EA5BA0">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E037663" wp14:editId="2A24B19A">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768350" cy="342900"/>
+              <wp:effectExtent l="0" t="0" r="12700" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1872025022" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768350" cy="342900"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1204A5D0" w14:textId="5759C699" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00EA5BA0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="254000" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict>
+            <v:shapetype w14:anchorId="5E037663" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1LZMdFAIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+ykTdcacYqsRYYB&#10;QVsgHXpWZCk2YImCxMTOfv0oJU62bqdhF5kiaX689zS7703L9sqHBmzJx6OcM2UlVI3dlvz76/LT&#10;LWcBha1EC1aV/KACv59//DDrXKEmUENbKc+oiA1F50peI7oiy4KslRFhBE5ZCmrwRiBd/TarvOio&#10;ummzSZ7fZB34ynmQKgTyPh6DfJ7qa60kPmsdFLK25DQbptOncxPPbD4TxdYLVzfyNIb4hymMaCw1&#10;PZd6FCjYzjd/lDKN9BBA40iCyUDrRqq0A20zzt9ts66FU2kXAie4M0zh/5WVT/u1e/EM+y/QE4ER&#10;kM6FIpAz7tNrb+KXJmUUJwgPZ9hUj0yS8/PN7dWUIpJCV9eTuzzBml1+dj7gVwWGRaPknlhJYIn9&#10;KiA1pNQhJfaysGzaNjHT2t8clBg92WXCaGG/6VlTlXwyTL+B6kBLeTjyHZxcNtR6JQK+CE8E07Qk&#10;WnymQ7fQlRxOFmc1+B9/88d8wp2inHUkmJJbUjRn7TdLfEym1zntzTDdyPCDsUnG+C6fxrjdmQcg&#10;LY7pWTiZzJiM7WBqD+aNNL2I3SgkrKSeJd8M5gMe5UtvQqrFIiWRlpzAlV07GUtHzCKgr/2b8O6E&#10;OhJdTzBIShTvwD/mxj+DW+yQKEjMRHyPaJ5gJx0mwk5vJgr913vKurzs+U8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCvEUEn2QAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUi9UadR&#10;iVDIpqqAVr0SkODoxNs4arwOsdumf4/LBS4jjWY187ZYTbYXJxp95xhhMU9AEDdOd9wifLxv7h9B&#10;+KBYq94xIVzIw6q8vSlUrt2Z3+hUhVbEEva5QjAhDLmUvjFklZ+7gThmezdaFaIdW6lHdY7ltpdp&#10;kmTSqo7jglEDPRtqDtXRImQv27UZPrOv733qd752h1C5V8TZ3bR+AhFoCn/HcMWP6FBGptodWXvR&#10;I8RHwq9es3QRbY3wsExAloX8D1/+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALUtkx0U&#10;AgAAIQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK8R&#10;QSfZAAAABAEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="20pt,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="1204A5D0" w14:textId="5759C699" w:rsidR="00EA5BA0" w:rsidRPr="00EA5BA0" w:rsidRDefault="00EA5BA0" w:rsidP="00EA5BA0">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00EA5BA0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EFAE75F" w14:textId="77777777" w:rsidR="00423D47" w:rsidRDefault="00423D47" w:rsidP="00DF582B">
+    <w:p w14:paraId="78E0DB21" w14:textId="77777777" w:rsidR="001A75EB" w:rsidRDefault="001A75EB" w:rsidP="00DF582B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70F3948C" w14:textId="77777777" w:rsidR="00423D47" w:rsidRDefault="00423D47" w:rsidP="00DF582B">
+    <w:p w14:paraId="6B35B5BC" w14:textId="77777777" w:rsidR="001A75EB" w:rsidRDefault="001A75EB" w:rsidP="00DF582B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17EB58DE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="53601A42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24E93718"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A98CA98"/>
     <w:lvl w:ilvl="0" w:tplc="6C8832E6">
@@ -3770,198 +4137,217 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="116461235">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1256548031">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1411000967">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="548417668">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1518812090">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="723062414">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="450825173">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="258296189">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B11E5"/>
     <w:rsid w:val="00013763"/>
+    <w:rsid w:val="00022C68"/>
     <w:rsid w:val="000360E0"/>
     <w:rsid w:val="00052904"/>
     <w:rsid w:val="0007554D"/>
     <w:rsid w:val="000F62D9"/>
     <w:rsid w:val="00130132"/>
     <w:rsid w:val="00153726"/>
+    <w:rsid w:val="001708E5"/>
     <w:rsid w:val="0017413C"/>
     <w:rsid w:val="0017703B"/>
+    <w:rsid w:val="00197C8C"/>
+    <w:rsid w:val="001A75EB"/>
+    <w:rsid w:val="001B718B"/>
     <w:rsid w:val="001F0B2D"/>
     <w:rsid w:val="002421B3"/>
     <w:rsid w:val="00267FDA"/>
     <w:rsid w:val="00280B5C"/>
     <w:rsid w:val="002A506F"/>
     <w:rsid w:val="003F2AC6"/>
     <w:rsid w:val="00402522"/>
     <w:rsid w:val="00423D47"/>
     <w:rsid w:val="00452AFF"/>
     <w:rsid w:val="004873D5"/>
     <w:rsid w:val="004A3C26"/>
     <w:rsid w:val="004A5914"/>
     <w:rsid w:val="0053757A"/>
+    <w:rsid w:val="006011CA"/>
     <w:rsid w:val="00601F8D"/>
     <w:rsid w:val="00606FD7"/>
+    <w:rsid w:val="006A0E34"/>
     <w:rsid w:val="006A3EFF"/>
     <w:rsid w:val="006E093B"/>
     <w:rsid w:val="006E7C36"/>
     <w:rsid w:val="0070547F"/>
     <w:rsid w:val="00727D04"/>
     <w:rsid w:val="007C31C0"/>
+    <w:rsid w:val="007C3757"/>
     <w:rsid w:val="007C6732"/>
     <w:rsid w:val="00812B8A"/>
     <w:rsid w:val="00834921"/>
     <w:rsid w:val="00837B4D"/>
     <w:rsid w:val="008A6262"/>
+    <w:rsid w:val="008B5003"/>
+    <w:rsid w:val="009009C5"/>
     <w:rsid w:val="00945B53"/>
     <w:rsid w:val="009A33E7"/>
     <w:rsid w:val="009A529C"/>
     <w:rsid w:val="009B11E5"/>
+    <w:rsid w:val="009E68BC"/>
+    <w:rsid w:val="00A3241F"/>
     <w:rsid w:val="00A40BFE"/>
     <w:rsid w:val="00A7507B"/>
     <w:rsid w:val="00A8514C"/>
     <w:rsid w:val="00B044FC"/>
+    <w:rsid w:val="00B21805"/>
+    <w:rsid w:val="00BB06C2"/>
     <w:rsid w:val="00BE21BF"/>
     <w:rsid w:val="00C7448F"/>
     <w:rsid w:val="00C7753A"/>
     <w:rsid w:val="00CA3FC4"/>
     <w:rsid w:val="00CB4B06"/>
+    <w:rsid w:val="00CD01C0"/>
     <w:rsid w:val="00D72EBA"/>
     <w:rsid w:val="00D94E21"/>
+    <w:rsid w:val="00DF038D"/>
     <w:rsid w:val="00DF582B"/>
     <w:rsid w:val="00E76751"/>
+    <w:rsid w:val="00EA5BA0"/>
     <w:rsid w:val="00EB7502"/>
+    <w:rsid w:val="00F01C98"/>
     <w:rsid w:val="00F21649"/>
     <w:rsid w:val="00F3716F"/>
     <w:rsid w:val="00F43CB0"/>
+    <w:rsid w:val="00F9054F"/>
+    <w:rsid w:val="47EA22B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="04BEED17"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{90FB30D4-FC7A-4203-84A7-DAB50EDB606B}"/>
+  <w15:docId w15:val="{1EC3229C-01B8-490E-AF62-CA73CE344687}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4353,51 +4739,53 @@
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00945B53"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:semiHidden/>
@@ -4453,52 +4841,52 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DF582B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00945B53"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00945B53"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00945B53"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
@@ -4544,62 +4932,74 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00945B53"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00945B53"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009E68BC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Transport.data@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Transport.data@bristol.gov.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:transport.data@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:transport.data@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4853,73 +5253,540 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a7dcc12f-0672-487e-a25d-20ed40ba6376">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="510056c5-866d-4142-ad4b-5bf022f8efb5" xsi:nil="true"/>
+    <TravelModes xmlns="a7dcc12f-0672-487e-a25d-20ed40ba6376" xsi:nil="true"/>
+    <SharedWithUsers xmlns="510056c5-866d-4142-ad4b-5bf022f8efb5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Tag xmlns="a7dcc12f-0672-487e-a25d-20ed40ba6376" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010004DADEE39A3FD84D93C8F65031EDEBDE" ma:contentTypeVersion="32" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b8e235f08471c72f3a8b9e74d8899df3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a7dcc12f-0672-487e-a25d-20ed40ba6376" xmlns:ns3="510056c5-866d-4142-ad4b-5bf022f8efb5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab2db654cd0701f469366966a22fcca6" ns2:_="" ns3:_="">
+    <xsd:import namespace="a7dcc12f-0672-487e-a25d-20ed40ba6376"/>
+    <xsd:import namespace="510056c5-866d-4142-ad4b-5bf022f8efb5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:TravelModes" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Tag" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a7dcc12f-0672-487e-a25d-20ed40ba6376" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TravelModes" ma:index="24" nillable="true" ma:displayName="Travel Modes" ma:description="Main travel modes to which the evidence pertains - if applicable." ma:format="Dropdown" ma:internalName="TravelModes">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceFillIn">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:union memberTypes="dms:Text">
+                    <xsd:simpleType>
+                      <xsd:restriction base="dms:Choice">
+                        <xsd:enumeration value="NA"/>
+                        <xsd:enumeration value="Walking and wheeling"/>
+                        <xsd:enumeration value="Cycling"/>
+                        <xsd:enumeration value="e-Scooters"/>
+                        <xsd:enumeration value="Bus"/>
+                        <xsd:enumeration value="Rail"/>
+                        <xsd:enumeration value="Motorcycle"/>
+                        <xsd:enumeration value="Car"/>
+                        <xsd:enumeration value="Freight"/>
+                        <xsd:enumeration value="Multi-modal"/>
+                      </xsd:restriction>
+                    </xsd:simpleType>
+                  </xsd:union>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="25" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Tag" ma:index="26" nillable="true" ma:displayName="Tag" ma:format="Dropdown" ma:internalName="Tag">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceFillIn">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:union memberTypes="dms:Text">
+                    <xsd:simpleType>
+                      <xsd:restriction base="dms:Choice">
+                        <xsd:enumeration value="walking"/>
+                        <xsd:enumeration value="cycling"/>
+                        <xsd:enumeration value="Choice 3"/>
+                      </xsd:restriction>
+                    </xsd:simpleType>
+                  </xsd:union>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="28" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ecf50c9d-bc8f-48ed-ba3c-7168a5cdc8d7" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="510056c5-866d-4142-ad4b-5bf022f8efb5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{55492986-0bb2-4dfe-bdb7-328496452f41}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="510056c5-866d-4142-ad4b-5bf022f8efb5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2F80763-7DCA-499C-9AC1-2FB04A317619}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a7dcc12f-0672-487e-a25d-20ed40ba6376"/>
+    <ds:schemaRef ds:uri="510056c5-866d-4142-ad4b-5bf022f8efb5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{827D4F3B-C314-4EB6-8A79-364B82CB8D70}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a7dcc12f-0672-487e-a25d-20ed40ba6376"/>
+    <ds:schemaRef ds:uri="510056c5-866d-4142-ad4b-5bf022f8efb5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48BD306C-A5DB-4863-B8FC-32CFEED2538D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>165</Words>
-  <Characters>1056</Characters>
+  <Characters>1008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company>Bristol City Council</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1155</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>2424845</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:transport.data@bristol.gov.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Personal Injury Road Collision Data Form</dc:title>
   <dc:subject/>
   <dc:creator>Bristol City Council</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010004DADEE39A3FD84D93C8F65031EDEBDE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>100</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>6f94d5be,1ba04f91,14474648</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2025-12-19T17:55:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>4d703e58-2371-4a01-8480-bfdf754dbe58</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
+</Properties>
+</file>