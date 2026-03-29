--- v0 (2025-10-11)
+++ v1 (2026-03-29)
@@ -1,1447 +1,1209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2CC46569" w14:textId="37B23F31" w:rsidR="00540800" w:rsidRPr="00540800" w:rsidRDefault="00540800" w:rsidP="00540800">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="23D43FCF" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Yu Gothic Light" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540800">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Yu Gothic Light" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Letter of appeal for </w:t>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:t>Letter of appeal for Bristol Community Junior Schools</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A09B9A" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="4C7E2DA6" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00540800">
+        <w:t xml:space="preserve">Parent/Carer contact details: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>use block capital letters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAA16D1" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parent/Carer Name </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3A1DC6" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Telephone number and email address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F952A91" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parent/Carer contact details: </w:t>
-[...48 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00540800">
+        <w:t>Child’s details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788EDD41" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First name(s): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCB0BFD" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Surname/Family name: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5797A8AC" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date of birth:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702EBE6D" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4C43AC" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="24CD02DD" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Child’s details</w:t>
-[...75 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Reasons for preference or grounds for appeal  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADEA66E" w14:textId="77777777" w:rsidR="00540800" w:rsidRPr="00540800" w:rsidRDefault="00540800" w:rsidP="01250A78">
+    <w:p w14:paraId="67F3A8E8" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="01250A78">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide your grounds for appeal in writing as soon as possible.  We can’t set up an appeal hearing until your written grounds for appeal are received.  If required, please </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Int_WwrsTPXI"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="01250A78">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continue on</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="01250A78">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> a separate sheet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA3B362" w14:textId="77777777" w:rsidR="00540800" w:rsidRDefault="00540800" w:rsidP="00540800"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00540800">
+    <w:p w14:paraId="09A3B735" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="68B82772" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="7BCE2D48" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="2FAC2070" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="79653722" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="3B011A5F" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="345D94A4" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="051C2129" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="2330E39C" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="2598969D" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="69D6CEB0" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2"/>
+    <w:p w14:paraId="70C424FB" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed (Parent/Carer): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F31B46C" w14:textId="3CEB5C43" w:rsidR="00540800" w:rsidRPr="00540800" w:rsidRDefault="00540800" w:rsidP="00540800">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00540800">
+    <w:p w14:paraId="2FCB925E" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C4D06E" w14:textId="58852FA1" w:rsidR="00540800" w:rsidRDefault="00540800" w:rsidP="0FC50CF5">
-      <w:pPr>
+    <w:p w14:paraId="2FBAEA41" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Return to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="55F46827">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>school.admissions@bristol.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0BA1DDC1" w:rsidRPr="55F46827">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or upload to the Parent Portal by</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F6CF8" w:rsidRPr="55F46827">
+        <w:t xml:space="preserve"> or upload to the Parent Portal by 5 June 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B98BBE" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="50BCE2A7" w:rsidRPr="55F46827">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F6CF8" w:rsidRPr="55F46827">
+        <w:t xml:space="preserve">If you have no alternative, please post to School Admissions (City Hall), PO Box 3399, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5932C07A" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> June 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="40275242" w:rsidRPr="55F46827">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F6CF8" w:rsidRPr="55F46827">
+        <w:t xml:space="preserve">BS1 9NE   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0EFAF7" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="13138A2D" w14:textId="6D782ABF" w:rsidR="00540800" w:rsidRPr="00540800" w:rsidRDefault="00540800" w:rsidP="01250A78">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BE85C2" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="01250A78">
+    </w:p>
+    <w:p w14:paraId="201E4DE1" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you have no </w:t>
-[...65 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459E6184" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0656127A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+        <w:t>Appeals guidance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680FE84E" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The appeal panel will consider the reasons for your preference, and individual circumstances relating to your application. You may wish to write a further letter to the appeal panel in advance of your appeal.  Any additional correspondence should be sent to School Admissions as soon as possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454FF2FE" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>You will be given not less than 10 school days’ notice of the date, time and place of the hearing at which you can be present and speak.  You can, if you wish, be accompanied by a friend who may speak for you and represent your views to the appeal panel.  Parents for whom English is not the first language may wish to arrange for an interpreter to be present. You are encouraged to attend the appeal panel meeting. If you prefer not to attend the panel will consider the case based on your written submission(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>. Alternatively, a friend or representative may present the appeal on your behalf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2729E160" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>You may wish to write down in advance what you wish to say to the panel and use your own notes to speak from on the day.  It is important that you don’t think afterwards of something you forgot to say, or wish you had said, as the panel must not accept additional information after the appeal has been heard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB7F752" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will need to demonstrate that your child’s need for a place at the school outweighs the Admission Authority’s reasons for refusing a place.  You should consider how that school will meet your child’s individual needs.  What will your child gain from attending your preferred school that he/she will not get from attending any other school?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0897B74B" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>You are also welcome to submit additional letters of support from professionals or other parties who have been, or are currently, involved with your child. Please submit all supporting documentation by deadline. These may be letters which substantiate your case or actively support your preference.  The appeal panel will consider all submissions received by the deadline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5F7C0E" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>You are encouraged to attend and speak at the appeal hearing. The Clerk to the Independent School Appeals Panel will explain the procedure of the appeal hearing before the appeal begins. The sequence of events is likely to be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D270DAF" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...254 lines deleted...]
-      <w:r w:rsidR="00FC486E">
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>School’s case</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D546CEA" w14:textId="77777777" w:rsidR="00540800" w:rsidRPr="008504C6" w:rsidRDefault="00540800" w:rsidP="00540800">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008504C6">
+    <w:p w14:paraId="6E44E24A" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Presentation of the school’s case by the representative of the Admission Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63AA2A6A" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Questioning by the parent/carer(s) and the Appeal Panel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122A1654" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Summing-up by the representative of the Admission Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A7449E" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730052C3" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>School’s case</w:t>
-[...115 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008504C6">
+        <w:t>Parent/carer’s case:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E73FC4C" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Presentation of the case by the parent/carer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72A2DA61" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Questioning by the Appeal Panel/representative of the Admission Authority</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA0B54B" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Summing-up by the parent/carer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C57FA66" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="062E1A83" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If more than one family are appealing for the same school on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>same day all parents/carers are invited to the same School’s case hearing.  The parent/carer’s case will be held in private and will be confidential.  It should not be necessary for a child to attend, or for there to be witnesses, other than a friend or interpreter mentioned previously.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31BBC605" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The appeal panel will ask all parties to withdraw while considering a decision. The decision of the appeal panel will be sent to you in writing by the Clerk to the School Appeals Panel. The decisions of appeal panels are binding upon the parent and the Admission Authority, but parents have statutory rights under other legislation should they wish the matter to be investigated further.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA86AA9" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Parent/carer’s case:</w:t>
-[...142 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>Useful  links</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1D6EB71F" w14:textId="226D0D06" w:rsidR="00540800" w:rsidRPr="008504C6" w:rsidRDefault="00540800" w:rsidP="00540800">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="55F46827">
+    <w:p w14:paraId="57109BC0" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="000C3002">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Department for Education (DfE) Link to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="55F46827">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">School Admissions Code </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="55F46827">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E5B0351" w14:textId="373817E0" w:rsidR="007366EA" w:rsidRPr="008504C6" w:rsidRDefault="007366EA" w:rsidP="00540800">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="007366EA" w:rsidRPr="008504C6" w:rsidSect="007E0AE0">
+    <w:p w14:paraId="33340418" w14:textId="77777777" w:rsidR="00FE5DE2" w:rsidRDefault="00FE5DE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE5DE2">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1077" w:right="1021" w:bottom="567" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A65AF66" w14:textId="77777777" w:rsidR="00A949F5" w:rsidRDefault="00A949F5" w:rsidP="007E0AE0">
+    <w:p w14:paraId="10BCDB37" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6519F7B0" w14:textId="77777777" w:rsidR="00A949F5" w:rsidRDefault="00A949F5" w:rsidP="007E0AE0">
+    <w:p w14:paraId="0548B0BD" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30B704B0" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42D46F06" wp14:editId="6AB40142">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>left</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="768352" cy="352428"/>
+              <wp:effectExtent l="0" t="0" r="12698" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="462122270" name="Text Box 3" descr="OFFICIAL"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="768352" cy="352428"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                        <a:prstDash/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="16A13724" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr vert="horz" wrap="none" lIns="254002" tIns="0" rIns="0" bIns="190496" anchor="b" anchorCtr="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="42D46F06" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:60.5pt;height:27.75pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAX/qZ9uwEAAGMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/U6ehW7pR0xVQLUJa&#10;sUiFD3Acu4kUeyx7tkn5esbuDS1viBdnPGMfn3Nmsn6Y7MAOOsQeXM3ns4Iz7RS0vdvX/OePx3cr&#10;ziJK18oBnK75UUf+sHn7Zj36SpfQwdDqwAjExWr0Ne8QfSVEVJ22Ms7Aa0dFA8FKpG3YizbIkdDt&#10;IMqiWIoRQusDKB0jZbenIt9kfGO0wmdjokY21Jy4YV5DXpu0is1aVvsgfderMw35Dyys7B09eoXa&#10;SpTsJfR/QdleBYhgcKbACjCmVzprIDXz4pWaXSe9zlrInOivNsX/B6u+HXb+e2A4fYKJGpgMGX2s&#10;IiWTnskEm77ElFGdLDxebdMTMkXJD8vV+7uSM0UlChblKqGI22UfIn7RYFkKah6oK9kseXiKeDp6&#10;OZLecvDYD0PuzOBeJdK5rYzd6VYqixvdFOHUTFRMYQPtkaTRdNKjHYRfnI3U6Zo7GkXOhq+OjCzv&#10;FkVB5DHvSF+4BE0O5vfF4n7JmXSKIGreXMLPeBoj6qOX+OR2XiX/Et/oP74gicjabkzOXKmT2Z3z&#10;1KVR+XOfT93+jc1vAAAA//8DAFBLAwQUAAYACAAAACEA4482A9oAAAAEAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNipESMyml4EkoWBX0Nt2dJqHZ2ZDdtvHfu/WilwePN7z3&#10;TbWcXK9OPIbOC0I+y0CxGG87aRDe357vF6BCJLHUe2GEbw6wrK+vKiqtP8srn7axUalEQkkIbYxD&#10;qXUwLTsKMz+wpGzvR0cx2bHRdqRzKne9nmfZo3bUSVpoaeB1y+awPTqEu8LlnmRzWL1sFuYr7h/M&#10;x/oT8fZmWj2BijzFv2O44Cd0qBPTzh/FBtUjpEfir16yeZ7sDqEoCtB1pf/D1z8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAF/6mfbsBAABjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEA4482A9oAAAAEAQAADwAAAAAAAAAAAAAAAAAVBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="7.05561mm,0,0,5.29156mm">
+                <w:txbxContent>
+                  <w:p w14:paraId="16A13724" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083B7AA8" w14:textId="77777777" w:rsidR="00A949F5" w:rsidRDefault="00A949F5" w:rsidP="007E0AE0">
+    <w:p w14:paraId="775A130D" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E320806" w14:textId="77777777" w:rsidR="00A949F5" w:rsidRDefault="00A949F5" w:rsidP="007E0AE0">
+    <w:p w14:paraId="076A4BF5" w14:textId="77777777" w:rsidR="000C3002" w:rsidRDefault="000C3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...10 lines deleted...]
-</int2:intelligence>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="web"/>
-  <w:zoom w:percent="125"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
+  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00540800"/>
-[...73 lines deleted...]
-    <w:rsid w:val="7E7530D5"/>
+    <w:rsidRoot w:val="00FE5DE2"/>
+    <w:rsid w:val="000C3002"/>
+    <w:rsid w:val="00D33CD6"/>
+    <w:rsid w:val="00FE5DE2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3E3CB13E"/>
-  <w15:docId w15:val="{7BBB4C24-A574-4A0C-9C5B-771A45D3415A}"/>
+  <w14:docId w14:val="0FC34BF6"/>
+  <w15:docId w15:val="{C314E683-D453-4671-8BE0-C24E4FE4E402}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="256" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1782,201 +1544,200 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00540800"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00540800"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007E0AE0"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007E0AE0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FC486E"/>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/school-admissions-code--2" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:school.admissions@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/school-admissions-code--2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:school.admissions@bristol.gov.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1984,54 +1745,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -2184,442 +1945,105 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...367 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>638</Words>
-  <Characters>3639</Characters>
+  <Words>664</Words>
+  <Characters>3400</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4269</CharactersWithSpaces>
+  <CharactersWithSpaces>4078</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ashton Park School Appeal Document</dc:title>
   <dc:subject/>
   <dc:creator>BristolCityCouncil@bristolcouncil.onmicrosoft.com</dc:creator>
-  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100AB3AA9FFC097854FAA1210CFCE0F43A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>46513000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>27de9fc3,4f54b4d9,22d3510</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,10,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SetDate">
+    <vt:lpwstr>2026-03-17T14:43:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Name">
+    <vt:lpwstr>OFFICIAL - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_SiteId">
+    <vt:lpwstr>6378a7a5-0f21-4482-aee0-897eb7de331f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ActionId">
+    <vt:lpwstr>17916e1b-4508-43c1-a10f-42c331feb906</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_e9fc0e63-07aa-4a42-9f0d-00e32f43700c_Tag">
+    <vt:lpwstr>10, 3, 0, 2</vt:lpwstr>
+  </property>
 </Properties>
 </file>